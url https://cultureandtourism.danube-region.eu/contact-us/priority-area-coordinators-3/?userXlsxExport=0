--- v0 (2025-10-04)
+++ v1 (2025-12-06)
@@ -9,107 +9,92 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Shuchkin\SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="21" uniqueCount="21">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>Function</t>
   </si>
   <si>
     <t>Position</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>Bulgaria</t>
   </si>
   <si>
     <t>Ms Dora Ivanova</t>
   </si>
   <si>
     <t>Ministry of Tourism</t>
   </si>
   <si>
     <t>d.ivanova@tourism.government.bg</t>
   </si>
   <si>
     <t>Ms Zlatina Lyutova</t>
   </si>
   <si>
     <t>z.lyutova@tourism.government.bg</t>
   </si>
   <si>
     <t>Mr Nikola Manevski</t>
   </si>
   <si>
     <t>N.Manevski@tourism.government.bg</t>
-  </si>
-[...13 lines deleted...]
-    <t>jelena.mugosa@mt.gov.me</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Mr Liviu Băileșteanu</t>
   </si>
   <si>
     <t>General Director, Directorate General for Regional Development and Infrastructure</t>
   </si>
   <si>
     <t>Ministry of Public Works, Development and Administration</t>
   </si>
   <si>
     <t>liviu.bailesteanu@mdlpa.gov.ro</t>
   </si>
   <si>
     <t>Ms Irina Cozma</t>
   </si>
   <si>
     <t>irina.cozma@mdlpa.gov.ro</t>
   </si>
 </sst>
 </file>
 
@@ -155,61 +140,59 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="1" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:d.ivanova@tourism.government.bg" TargetMode="External"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:z.lyutova@tourism.government.bg" TargetMode="External"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:N.Manevski@tourism.government.bg" TargetMode="External"/>
-<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:tamara.djukic@mt.gov.me" TargetMode="External"/>
-[...2 lines deleted...]
-<Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irina.cozma@mdlpa.gov.ro" TargetMode="External"/></Relationships>
+<Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:liviu.bailesteanu@mdlpa.gov.ro" TargetMode="External"/>
+<Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:irina.cozma@mdlpa.gov.ro" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
-  <dimension ref="A1:F8"/>
+  <dimension ref="A1:F6"/>
   <cols>
-    <col min="1" max="1" width="11" customWidth="1"/>
+    <col min="1" max="1" width="9" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="9" customWidth="1"/>
     <col min="4" max="4" width="60" customWidth="1"/>
     <col min="5" max="5" width="57" customWidth="1"/>
     <col min="6" max="6" width="33" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -249,117 +232,83 @@
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4" t="s">
         <v>8</v>
       </c>
       <c r="F4" t="s" s="2">
         <v>13</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>14</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5"/>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
       <c r="E5" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F5" t="s" s="2">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F6" t="s" s="2">
-        <v>18</v>
-[...6 lines deleted...]
-      <c r="B7" t="s">
         <v>20</v>
-      </c>
-[...24 lines deleted...]
-        <v>25</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F2" r:id="rId1" location="" display="mailto:d.ivanova@tourism.government.bg"/>
     <hyperlink ref="F3" r:id="rId2" location="" display="mailto:z.lyutova@tourism.government.bg"/>
     <hyperlink ref="F4" r:id="rId3" location="" display="mailto:N.Manevski@tourism.government.bg"/>
-    <hyperlink ref="F5" r:id="rId4" location="" display="mailto:tamara.djukic@mt.gov.me"/>
-[...2 lines deleted...]
-    <hyperlink ref="F8" r:id="rId7" location="" display="mailto:irina.cozma@mdlpa.gov.ro"/>
+    <hyperlink ref="F5" r:id="rId4" location="" display="mailto:liviu.bailesteanu@mdlpa.gov.ro"/>
+    <hyperlink ref="F6" r:id="rId5" location="" display="mailto:irina.cozma@mdlpa.gov.ro"/>
   </hyperlinks>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>Shuchkin\SimpleXLSXGen</Application>
   <Company/>
   <Manager/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:keywords/>
   <dc:description/>
   <cp:category/>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>